--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -102,461 +102,738 @@
         </w:rPr>
         <w:t xml:space="preserve">Activity and Calendar Information – </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="004B662B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>www.usd241.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D512A2" w:rsidRDefault="00D512A2" w:rsidP="00007353">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00686580" w:rsidRPr="00686580" w:rsidRDefault="00D065F6" w:rsidP="00077BEB">
+    <w:p w:rsidR="00686580" w:rsidRPr="00771F30" w:rsidRDefault="00811775" w:rsidP="007A19ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tues</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="003549A9" w:rsidRPr="000D5B54">
+        <w:t>Thur</w:t>
+      </w:r>
+      <w:r w:rsidR="009F63F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B74C40" w:rsidRPr="00771F30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>day</w:t>
+      </w:r>
+      <w:r w:rsidR="003549A9" w:rsidRPr="00771F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00D15CF0" w:rsidRPr="000D5B54">
+      <w:r w:rsidR="00F70BBA" w:rsidRPr="00771F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0051485F">
-[...15 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00AA2F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidR="00222515">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00A56555" w:rsidRPr="000D5B54">
+      <w:r w:rsidR="00D8694F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB443F" w:rsidRPr="00771F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00007353" w:rsidRPr="000D5B54">
+      <w:r w:rsidR="00007353" w:rsidRPr="00771F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00983202" w:rsidRPr="000D5B54">
+      <w:r w:rsidR="00983202" w:rsidRPr="00771F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD33C7" w:rsidRPr="000D5B54" w:rsidRDefault="00AD33C7" w:rsidP="00A923E8">
+    <w:p w:rsidR="00AD33C7" w:rsidRPr="00771F30" w:rsidRDefault="00AD33C7" w:rsidP="00A923E8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00046247" w:rsidRDefault="00046247" w:rsidP="00007353">
+    <w:p w:rsidR="002C38FA" w:rsidRDefault="002C38FA" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Financial Aide Meeting t</w:t>
-[...7 lines deleted...]
-        <w:t>his</w:t>
+        <w:t xml:space="preserve">Christmas Spirit Week tomorrow is </w:t>
+      </w:r>
+      <w:r w:rsidR="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Blue Christmas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Day</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> evening at 6:30 in the Commons Area for interested juniors and seniors with your parents.</w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dress in your </w:t>
+      </w:r>
+      <w:r w:rsidR="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>blue Christmas to support the wildcats.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F41FF7" w:rsidRDefault="00F41FF7" w:rsidP="00007353">
+    <w:p w:rsidR="00811775" w:rsidRDefault="00811775" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F41FF7" w:rsidRDefault="00F41FF7" w:rsidP="00007353">
+    <w:p w:rsidR="00811775" w:rsidRDefault="00811775" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Picture Retake Day tomorrow!</w:t>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00415E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unior High</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> League Boys B-Team Basketball tomorrow. Games will be played in Colby at the Community Building.  Games will begin at 7:30</w:t>
+      </w:r>
+      <w:r w:rsidR="00415E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MT with our B Boys playing Quinter at approximately 9:30MT.  Participants are scheduled to depart at 6:30amMT. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3FB0" w:rsidRDefault="009F3FB0" w:rsidP="00007353">
+    <w:p w:rsidR="00811775" w:rsidRDefault="00811775" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F3FB0" w:rsidRDefault="009F3FB0" w:rsidP="00007353">
+    <w:p w:rsidR="00811775" w:rsidRDefault="00811775" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Junior High FCA after school </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D065F6">
+        <w:t>Early dismissal tomorrow right after 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hour.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NO LUNCH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WILL BE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SERVED</w:t>
+      </w:r>
+      <w:r w:rsidR="00415E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811775" w:rsidRDefault="00811775" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00415E7C" w:rsidRDefault="00811775" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">High school basketball tomorrow against the Dighton Hornets on our home </w:t>
+      </w:r>
+      <w:r w:rsidR="00415E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>courts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> starting at 5:00MT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00415E7C" w:rsidRDefault="00415E7C" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00415E7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00415E7C" w:rsidRDefault="00415E7C" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>HS Gym</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>GS Gym</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00415E7C" w:rsidRDefault="00415E7C" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Varsity Girls</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>½ JV Boys</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811775" w:rsidRDefault="00415E7C" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Varsity Boys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NO JV GIRLS</w:t>
+      </w:r>
+      <w:r w:rsidR="00811775">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C38FA" w:rsidRDefault="002C38FA" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C38FA" w:rsidRPr="002C38FA" w:rsidRDefault="002C38FA" w:rsidP="006D35D4">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Semester Ends </w:t>
+      </w:r>
+      <w:r w:rsidR="00811775">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tomorrow</w:t>
       </w:r>
-      <w:r w:rsidR="00E5606A">
-[...5 lines deleted...]
-        <w:t>.  Fun, Food, and Faith in the Commons!</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.  Work hard to get your homework and assignments turned in.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00046247" w:rsidRDefault="00046247" w:rsidP="00007353">
+    <w:p w:rsidR="0072198D" w:rsidRDefault="0072198D" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7336" w:rsidRDefault="00082221" w:rsidP="00007353">
+    <w:p w:rsidR="0072198D" w:rsidRPr="0072198D" w:rsidRDefault="0072198D" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072198D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B47952" w:rsidRPr="000D5B54" w:rsidRDefault="00B47952" w:rsidP="00007353">
+    <w:p w:rsidR="0072198D" w:rsidRDefault="0072198D" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C7878" w:rsidRPr="000D5B54" w:rsidRDefault="00007353" w:rsidP="001C7878">
+    <w:p w:rsidR="006D35D4" w:rsidRDefault="006D35D4" w:rsidP="006D35D4">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...21 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C7878" w:rsidRPr="000D5B54" w:rsidRDefault="001C7878" w:rsidP="001C7878">
+    <w:p w:rsidR="00082221" w:rsidRPr="00115109" w:rsidRDefault="00082221" w:rsidP="00007353">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F92F50" w:rsidRPr="00686580" w:rsidRDefault="00007353" w:rsidP="00301513">
+    <w:p w:rsidR="00774C7C" w:rsidRDefault="00774C7C" w:rsidP="00301513">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...39 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD4969" w:rsidRDefault="00BD4969"/>
-    <w:sectPr w:rsidR="00BD4969" w:rsidSect="00007353">
+    <w:p w:rsidR="00A2221E" w:rsidRPr="00A2221E" w:rsidRDefault="00A2221E" w:rsidP="00A2221E"/>
+    <w:p w:rsidR="00A2221E" w:rsidRPr="00A2221E" w:rsidRDefault="00A2221E" w:rsidP="00A2221E"/>
+    <w:p w:rsidR="00A2221E" w:rsidRPr="00A2221E" w:rsidRDefault="00A2221E" w:rsidP="00A2221E"/>
+    <w:p w:rsidR="00A2221E" w:rsidRDefault="00A2221E" w:rsidP="00A2221E"/>
+    <w:p w:rsidR="00BD4969" w:rsidRPr="00A2221E" w:rsidRDefault="00A2221E" w:rsidP="00A2221E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2415"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BD4969" w:rsidRPr="00A2221E" w:rsidSect="00007353">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -902,710 +1179,853 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00007353"/>
     <w:rsid w:val="00002B94"/>
+    <w:rsid w:val="000038F8"/>
     <w:rsid w:val="00007353"/>
+    <w:rsid w:val="00015CA0"/>
     <w:rsid w:val="00020DD0"/>
+    <w:rsid w:val="000225F0"/>
+    <w:rsid w:val="00023493"/>
     <w:rsid w:val="000237FC"/>
     <w:rsid w:val="000261AB"/>
     <w:rsid w:val="000272B0"/>
     <w:rsid w:val="00030702"/>
     <w:rsid w:val="00031343"/>
     <w:rsid w:val="000317A7"/>
     <w:rsid w:val="00035EA0"/>
     <w:rsid w:val="00040CB8"/>
+    <w:rsid w:val="000411BF"/>
     <w:rsid w:val="00043CFA"/>
     <w:rsid w:val="000451C3"/>
     <w:rsid w:val="00046247"/>
     <w:rsid w:val="00054A2A"/>
     <w:rsid w:val="00060C00"/>
+    <w:rsid w:val="00060E6A"/>
+    <w:rsid w:val="00071803"/>
     <w:rsid w:val="0007279D"/>
     <w:rsid w:val="00076FD9"/>
+    <w:rsid w:val="000774A3"/>
+    <w:rsid w:val="000779E6"/>
     <w:rsid w:val="00077BEB"/>
     <w:rsid w:val="00077FC4"/>
     <w:rsid w:val="000820D0"/>
     <w:rsid w:val="00082221"/>
     <w:rsid w:val="00082B04"/>
     <w:rsid w:val="000847E6"/>
     <w:rsid w:val="00084895"/>
+    <w:rsid w:val="00085C4B"/>
     <w:rsid w:val="00086CE9"/>
     <w:rsid w:val="000A4D69"/>
     <w:rsid w:val="000A6A09"/>
     <w:rsid w:val="000B3F99"/>
     <w:rsid w:val="000B734B"/>
     <w:rsid w:val="000C2517"/>
+    <w:rsid w:val="000D0E86"/>
     <w:rsid w:val="000D1F2F"/>
     <w:rsid w:val="000D473E"/>
     <w:rsid w:val="000D5B54"/>
     <w:rsid w:val="000D7164"/>
     <w:rsid w:val="000E135D"/>
+    <w:rsid w:val="000E13C6"/>
+    <w:rsid w:val="000E143C"/>
     <w:rsid w:val="000E1D9C"/>
     <w:rsid w:val="000E4117"/>
+    <w:rsid w:val="000E7BC4"/>
     <w:rsid w:val="000F0AB9"/>
     <w:rsid w:val="000F1353"/>
     <w:rsid w:val="001016E0"/>
     <w:rsid w:val="00102289"/>
+    <w:rsid w:val="001031C3"/>
     <w:rsid w:val="00104459"/>
     <w:rsid w:val="00110ED3"/>
     <w:rsid w:val="00115109"/>
     <w:rsid w:val="00126BBA"/>
     <w:rsid w:val="00127726"/>
     <w:rsid w:val="00131CFD"/>
     <w:rsid w:val="0013601E"/>
     <w:rsid w:val="00140AF1"/>
     <w:rsid w:val="00147487"/>
+    <w:rsid w:val="00150508"/>
+    <w:rsid w:val="0015076E"/>
     <w:rsid w:val="00151736"/>
     <w:rsid w:val="001526B3"/>
     <w:rsid w:val="00165C18"/>
     <w:rsid w:val="001709D5"/>
+    <w:rsid w:val="0017108E"/>
+    <w:rsid w:val="00174D1D"/>
     <w:rsid w:val="0017538E"/>
     <w:rsid w:val="001812C2"/>
     <w:rsid w:val="00182059"/>
     <w:rsid w:val="00192E08"/>
     <w:rsid w:val="00194ECA"/>
     <w:rsid w:val="001966E3"/>
     <w:rsid w:val="00197130"/>
     <w:rsid w:val="001A140C"/>
     <w:rsid w:val="001A4E15"/>
     <w:rsid w:val="001A6D6B"/>
     <w:rsid w:val="001B1A36"/>
     <w:rsid w:val="001B6DD8"/>
     <w:rsid w:val="001C1AF6"/>
     <w:rsid w:val="001C35E0"/>
     <w:rsid w:val="001C6430"/>
     <w:rsid w:val="001C7878"/>
     <w:rsid w:val="001D0CD4"/>
     <w:rsid w:val="001D21D9"/>
     <w:rsid w:val="001D498C"/>
     <w:rsid w:val="001D5ADD"/>
     <w:rsid w:val="001F2959"/>
     <w:rsid w:val="001F4ECE"/>
     <w:rsid w:val="001F74C1"/>
     <w:rsid w:val="001F7551"/>
     <w:rsid w:val="002034AD"/>
     <w:rsid w:val="00204E38"/>
     <w:rsid w:val="00214DEB"/>
+    <w:rsid w:val="00216B28"/>
     <w:rsid w:val="00217996"/>
     <w:rsid w:val="00217C60"/>
+    <w:rsid w:val="00222515"/>
     <w:rsid w:val="00222709"/>
     <w:rsid w:val="00230B27"/>
+    <w:rsid w:val="002400B2"/>
     <w:rsid w:val="0024311C"/>
     <w:rsid w:val="0024314B"/>
     <w:rsid w:val="00247962"/>
     <w:rsid w:val="002536B8"/>
     <w:rsid w:val="002548CB"/>
     <w:rsid w:val="00254F84"/>
     <w:rsid w:val="00255DD1"/>
+    <w:rsid w:val="00257E81"/>
     <w:rsid w:val="00260F1B"/>
+    <w:rsid w:val="002668B2"/>
     <w:rsid w:val="002672C7"/>
     <w:rsid w:val="00272CCE"/>
     <w:rsid w:val="00272DEC"/>
     <w:rsid w:val="002773BA"/>
     <w:rsid w:val="002814AB"/>
     <w:rsid w:val="00285A23"/>
     <w:rsid w:val="00286473"/>
     <w:rsid w:val="00287DE3"/>
     <w:rsid w:val="00287E39"/>
     <w:rsid w:val="00290CA1"/>
     <w:rsid w:val="00294C44"/>
     <w:rsid w:val="00295D8E"/>
     <w:rsid w:val="002A4260"/>
     <w:rsid w:val="002A4F1D"/>
     <w:rsid w:val="002A557A"/>
     <w:rsid w:val="002A58C3"/>
     <w:rsid w:val="002B3464"/>
     <w:rsid w:val="002B4CFA"/>
+    <w:rsid w:val="002C38FA"/>
     <w:rsid w:val="002C7506"/>
+    <w:rsid w:val="002D3BF7"/>
     <w:rsid w:val="002D5F73"/>
     <w:rsid w:val="002E23DD"/>
     <w:rsid w:val="003008D2"/>
     <w:rsid w:val="00301513"/>
     <w:rsid w:val="003016E6"/>
     <w:rsid w:val="00302EEC"/>
     <w:rsid w:val="00304879"/>
     <w:rsid w:val="003103DE"/>
     <w:rsid w:val="003131E1"/>
     <w:rsid w:val="003145E4"/>
+    <w:rsid w:val="00316582"/>
     <w:rsid w:val="00316785"/>
     <w:rsid w:val="00322747"/>
     <w:rsid w:val="00323ACF"/>
     <w:rsid w:val="0032439A"/>
     <w:rsid w:val="003312B4"/>
     <w:rsid w:val="00336420"/>
     <w:rsid w:val="003422F7"/>
     <w:rsid w:val="00343C9E"/>
     <w:rsid w:val="00344FE8"/>
     <w:rsid w:val="00345DF8"/>
     <w:rsid w:val="00346F1F"/>
     <w:rsid w:val="00351899"/>
     <w:rsid w:val="00352F27"/>
     <w:rsid w:val="003549A9"/>
     <w:rsid w:val="00360B0E"/>
     <w:rsid w:val="003629B7"/>
     <w:rsid w:val="00370A8B"/>
     <w:rsid w:val="00371B72"/>
+    <w:rsid w:val="0037418A"/>
+    <w:rsid w:val="003753E9"/>
     <w:rsid w:val="00376292"/>
     <w:rsid w:val="0037629C"/>
     <w:rsid w:val="00390740"/>
     <w:rsid w:val="0039129B"/>
     <w:rsid w:val="003931A1"/>
     <w:rsid w:val="00393D06"/>
     <w:rsid w:val="003973F0"/>
     <w:rsid w:val="003A222A"/>
     <w:rsid w:val="003A37A9"/>
     <w:rsid w:val="003A4DA0"/>
     <w:rsid w:val="003A6E08"/>
     <w:rsid w:val="003B30C6"/>
     <w:rsid w:val="003B41B2"/>
     <w:rsid w:val="003B7094"/>
     <w:rsid w:val="003C263D"/>
     <w:rsid w:val="003C4382"/>
+    <w:rsid w:val="003D0430"/>
     <w:rsid w:val="003D0653"/>
     <w:rsid w:val="003D5DFE"/>
     <w:rsid w:val="003E7F30"/>
     <w:rsid w:val="003F12ED"/>
     <w:rsid w:val="003F67D5"/>
+    <w:rsid w:val="003F7190"/>
+    <w:rsid w:val="004003EB"/>
     <w:rsid w:val="00401232"/>
     <w:rsid w:val="004065A4"/>
     <w:rsid w:val="00406AA0"/>
     <w:rsid w:val="00410F13"/>
     <w:rsid w:val="00412FF4"/>
+    <w:rsid w:val="004153D7"/>
+    <w:rsid w:val="00415E7C"/>
+    <w:rsid w:val="00416163"/>
     <w:rsid w:val="00416292"/>
     <w:rsid w:val="00425D75"/>
     <w:rsid w:val="00430F2D"/>
     <w:rsid w:val="00432A4B"/>
     <w:rsid w:val="00435E10"/>
     <w:rsid w:val="00440FE9"/>
     <w:rsid w:val="00444053"/>
+    <w:rsid w:val="004472B7"/>
     <w:rsid w:val="004522F5"/>
+    <w:rsid w:val="004619DB"/>
     <w:rsid w:val="004640E4"/>
     <w:rsid w:val="00467A32"/>
+    <w:rsid w:val="00467E71"/>
     <w:rsid w:val="004719D8"/>
     <w:rsid w:val="00471E74"/>
     <w:rsid w:val="0047446F"/>
     <w:rsid w:val="0047703C"/>
     <w:rsid w:val="0048551D"/>
     <w:rsid w:val="00485756"/>
     <w:rsid w:val="00491437"/>
     <w:rsid w:val="004A18DB"/>
     <w:rsid w:val="004A2179"/>
     <w:rsid w:val="004A46CC"/>
     <w:rsid w:val="004A592B"/>
     <w:rsid w:val="004B3047"/>
+    <w:rsid w:val="004B32BB"/>
     <w:rsid w:val="004B481F"/>
     <w:rsid w:val="004B662B"/>
     <w:rsid w:val="004C0D54"/>
     <w:rsid w:val="004C3E13"/>
     <w:rsid w:val="004C5DBE"/>
     <w:rsid w:val="004D0DC5"/>
     <w:rsid w:val="004D1CB8"/>
     <w:rsid w:val="004D3B45"/>
     <w:rsid w:val="004D45CD"/>
     <w:rsid w:val="004D5A02"/>
+    <w:rsid w:val="004E0A70"/>
     <w:rsid w:val="004E0EAC"/>
     <w:rsid w:val="004E3C6C"/>
     <w:rsid w:val="004E47C1"/>
     <w:rsid w:val="004F0051"/>
+    <w:rsid w:val="004F14BE"/>
     <w:rsid w:val="004F2A9C"/>
+    <w:rsid w:val="004F4A22"/>
     <w:rsid w:val="004F6077"/>
     <w:rsid w:val="004F6A51"/>
     <w:rsid w:val="0050460C"/>
     <w:rsid w:val="00504E9B"/>
     <w:rsid w:val="0050771A"/>
+    <w:rsid w:val="00510918"/>
+    <w:rsid w:val="0051354A"/>
     <w:rsid w:val="0051485F"/>
+    <w:rsid w:val="00515380"/>
     <w:rsid w:val="00517079"/>
     <w:rsid w:val="00520BFE"/>
     <w:rsid w:val="005234AB"/>
+    <w:rsid w:val="00530FA8"/>
     <w:rsid w:val="00531982"/>
     <w:rsid w:val="00531C86"/>
+    <w:rsid w:val="00533D67"/>
     <w:rsid w:val="00533F54"/>
     <w:rsid w:val="00536974"/>
     <w:rsid w:val="00544ECB"/>
+    <w:rsid w:val="00545FAB"/>
     <w:rsid w:val="00547158"/>
     <w:rsid w:val="00547A28"/>
     <w:rsid w:val="00552D96"/>
     <w:rsid w:val="00562621"/>
+    <w:rsid w:val="00565353"/>
     <w:rsid w:val="00565D50"/>
+    <w:rsid w:val="00573E8B"/>
     <w:rsid w:val="00580F66"/>
     <w:rsid w:val="00581D35"/>
     <w:rsid w:val="00587480"/>
+    <w:rsid w:val="005879B2"/>
     <w:rsid w:val="0059413D"/>
     <w:rsid w:val="005A1890"/>
     <w:rsid w:val="005A2430"/>
     <w:rsid w:val="005A474B"/>
     <w:rsid w:val="005B0608"/>
     <w:rsid w:val="005B2248"/>
     <w:rsid w:val="005B5150"/>
     <w:rsid w:val="005B6C8C"/>
     <w:rsid w:val="005C2018"/>
+    <w:rsid w:val="005C30B0"/>
     <w:rsid w:val="005C4CE1"/>
     <w:rsid w:val="005C5E4A"/>
     <w:rsid w:val="005C7E27"/>
     <w:rsid w:val="005D0A2C"/>
     <w:rsid w:val="005D4E93"/>
     <w:rsid w:val="005E0FA5"/>
     <w:rsid w:val="005E2423"/>
     <w:rsid w:val="005E2F28"/>
     <w:rsid w:val="005F1464"/>
     <w:rsid w:val="005F4EAE"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="00612C59"/>
     <w:rsid w:val="00616E4B"/>
     <w:rsid w:val="00620D8F"/>
     <w:rsid w:val="00621373"/>
     <w:rsid w:val="00622283"/>
     <w:rsid w:val="00622709"/>
     <w:rsid w:val="00632DD1"/>
     <w:rsid w:val="006342F9"/>
     <w:rsid w:val="00642482"/>
     <w:rsid w:val="00643436"/>
     <w:rsid w:val="00644D9C"/>
+    <w:rsid w:val="00646975"/>
     <w:rsid w:val="00647821"/>
     <w:rsid w:val="00651EBB"/>
+    <w:rsid w:val="0065211E"/>
+    <w:rsid w:val="00653E87"/>
     <w:rsid w:val="00656550"/>
+    <w:rsid w:val="00664EEE"/>
     <w:rsid w:val="0066653B"/>
     <w:rsid w:val="00672461"/>
     <w:rsid w:val="0067416A"/>
     <w:rsid w:val="006847CC"/>
     <w:rsid w:val="00684DF6"/>
     <w:rsid w:val="00686580"/>
+    <w:rsid w:val="00686B12"/>
+    <w:rsid w:val="00687BD4"/>
     <w:rsid w:val="00694C63"/>
     <w:rsid w:val="00694C66"/>
     <w:rsid w:val="00696B71"/>
     <w:rsid w:val="006A17B0"/>
     <w:rsid w:val="006A1F3C"/>
     <w:rsid w:val="006A2C27"/>
     <w:rsid w:val="006A2C90"/>
+    <w:rsid w:val="006A4F2E"/>
+    <w:rsid w:val="006A71F1"/>
     <w:rsid w:val="006A782E"/>
     <w:rsid w:val="006B16E6"/>
+    <w:rsid w:val="006B1D68"/>
     <w:rsid w:val="006B2036"/>
     <w:rsid w:val="006B22E3"/>
     <w:rsid w:val="006B256A"/>
     <w:rsid w:val="006B43B6"/>
     <w:rsid w:val="006B5485"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C05A3"/>
     <w:rsid w:val="006C201F"/>
     <w:rsid w:val="006C4423"/>
     <w:rsid w:val="006C7766"/>
     <w:rsid w:val="006D04EF"/>
     <w:rsid w:val="006D1C4F"/>
+    <w:rsid w:val="006D35D4"/>
     <w:rsid w:val="006D6D93"/>
     <w:rsid w:val="006E4F17"/>
     <w:rsid w:val="006F39FF"/>
     <w:rsid w:val="006F6380"/>
     <w:rsid w:val="006F779C"/>
     <w:rsid w:val="006F7B36"/>
     <w:rsid w:val="007021F7"/>
     <w:rsid w:val="007038F6"/>
+    <w:rsid w:val="00704620"/>
     <w:rsid w:val="00707C89"/>
+    <w:rsid w:val="0071576A"/>
+    <w:rsid w:val="0072198D"/>
+    <w:rsid w:val="00722DE3"/>
     <w:rsid w:val="0072356D"/>
     <w:rsid w:val="007271F6"/>
     <w:rsid w:val="00734B29"/>
     <w:rsid w:val="00737276"/>
     <w:rsid w:val="00740DB3"/>
     <w:rsid w:val="00751C7C"/>
+    <w:rsid w:val="00752CA9"/>
     <w:rsid w:val="00754231"/>
     <w:rsid w:val="00754B25"/>
+    <w:rsid w:val="00771F30"/>
+    <w:rsid w:val="00774C7C"/>
+    <w:rsid w:val="00776150"/>
     <w:rsid w:val="007762C4"/>
     <w:rsid w:val="00776574"/>
     <w:rsid w:val="00781DA1"/>
     <w:rsid w:val="007946CB"/>
     <w:rsid w:val="00797CED"/>
     <w:rsid w:val="007A1859"/>
+    <w:rsid w:val="007A19ED"/>
     <w:rsid w:val="007A2409"/>
     <w:rsid w:val="007B0EB0"/>
     <w:rsid w:val="007B30FD"/>
+    <w:rsid w:val="007B6D3D"/>
+    <w:rsid w:val="007C5248"/>
+    <w:rsid w:val="007D0261"/>
     <w:rsid w:val="007D3B93"/>
+    <w:rsid w:val="007D7E85"/>
     <w:rsid w:val="007E1287"/>
     <w:rsid w:val="007E2128"/>
+    <w:rsid w:val="007F2A6C"/>
     <w:rsid w:val="007F5228"/>
     <w:rsid w:val="007F6F78"/>
     <w:rsid w:val="0081165A"/>
+    <w:rsid w:val="00811775"/>
     <w:rsid w:val="00815CD9"/>
+    <w:rsid w:val="00816123"/>
     <w:rsid w:val="00816671"/>
     <w:rsid w:val="008175A8"/>
+    <w:rsid w:val="0081789A"/>
     <w:rsid w:val="008203B0"/>
+    <w:rsid w:val="00826600"/>
+    <w:rsid w:val="008273BF"/>
+    <w:rsid w:val="00834FA3"/>
     <w:rsid w:val="008351BE"/>
     <w:rsid w:val="00840B9B"/>
     <w:rsid w:val="008521FF"/>
     <w:rsid w:val="00856F21"/>
     <w:rsid w:val="0086331B"/>
     <w:rsid w:val="0086427D"/>
     <w:rsid w:val="0086774F"/>
     <w:rsid w:val="008759A9"/>
+    <w:rsid w:val="008804EA"/>
     <w:rsid w:val="0088622F"/>
+    <w:rsid w:val="0089274E"/>
     <w:rsid w:val="008945ED"/>
     <w:rsid w:val="008A2818"/>
     <w:rsid w:val="008A2C25"/>
+    <w:rsid w:val="008A3619"/>
     <w:rsid w:val="008A5E57"/>
     <w:rsid w:val="008A6AC0"/>
     <w:rsid w:val="008A7440"/>
     <w:rsid w:val="008B00F8"/>
+    <w:rsid w:val="008B037A"/>
     <w:rsid w:val="008B2C1A"/>
     <w:rsid w:val="008B3B3D"/>
     <w:rsid w:val="008C2633"/>
     <w:rsid w:val="008D1646"/>
     <w:rsid w:val="008D2661"/>
     <w:rsid w:val="008D3984"/>
     <w:rsid w:val="008D6146"/>
     <w:rsid w:val="008D7673"/>
     <w:rsid w:val="008E41D2"/>
     <w:rsid w:val="008E5F82"/>
     <w:rsid w:val="008F3FCC"/>
     <w:rsid w:val="008F5A87"/>
+    <w:rsid w:val="008F5B89"/>
     <w:rsid w:val="008F7749"/>
     <w:rsid w:val="00906D2A"/>
     <w:rsid w:val="0091323D"/>
     <w:rsid w:val="0091544E"/>
     <w:rsid w:val="00920BD6"/>
     <w:rsid w:val="00925518"/>
+    <w:rsid w:val="009318FF"/>
     <w:rsid w:val="00934185"/>
     <w:rsid w:val="0093695B"/>
     <w:rsid w:val="00941EE5"/>
     <w:rsid w:val="00946574"/>
+    <w:rsid w:val="00954B9B"/>
     <w:rsid w:val="00973A44"/>
     <w:rsid w:val="00975416"/>
+    <w:rsid w:val="00975C35"/>
     <w:rsid w:val="00982B03"/>
     <w:rsid w:val="00983202"/>
     <w:rsid w:val="00985DA7"/>
     <w:rsid w:val="00993AFC"/>
+    <w:rsid w:val="009946D1"/>
     <w:rsid w:val="0099532C"/>
     <w:rsid w:val="0099545A"/>
     <w:rsid w:val="0099671C"/>
     <w:rsid w:val="00997547"/>
     <w:rsid w:val="009A62D7"/>
     <w:rsid w:val="009B24B4"/>
     <w:rsid w:val="009B5153"/>
     <w:rsid w:val="009C0DD6"/>
     <w:rsid w:val="009C6153"/>
     <w:rsid w:val="009D02A9"/>
     <w:rsid w:val="009D25AE"/>
     <w:rsid w:val="009D295B"/>
     <w:rsid w:val="009D3F10"/>
     <w:rsid w:val="009D4E30"/>
     <w:rsid w:val="009D5E41"/>
+    <w:rsid w:val="009E4048"/>
+    <w:rsid w:val="009E56C4"/>
+    <w:rsid w:val="009E73D6"/>
     <w:rsid w:val="009F28B3"/>
     <w:rsid w:val="009F29FE"/>
+    <w:rsid w:val="009F2A86"/>
     <w:rsid w:val="009F3FB0"/>
     <w:rsid w:val="009F4388"/>
     <w:rsid w:val="009F5236"/>
+    <w:rsid w:val="009F63F0"/>
+    <w:rsid w:val="009F789E"/>
     <w:rsid w:val="009F7B38"/>
     <w:rsid w:val="00A066DE"/>
     <w:rsid w:val="00A110A0"/>
     <w:rsid w:val="00A12EE5"/>
     <w:rsid w:val="00A13D03"/>
+    <w:rsid w:val="00A179D5"/>
     <w:rsid w:val="00A17CA2"/>
     <w:rsid w:val="00A20392"/>
+    <w:rsid w:val="00A2221E"/>
     <w:rsid w:val="00A22912"/>
     <w:rsid w:val="00A259BE"/>
     <w:rsid w:val="00A32AF6"/>
     <w:rsid w:val="00A34307"/>
     <w:rsid w:val="00A36F03"/>
     <w:rsid w:val="00A400B3"/>
     <w:rsid w:val="00A41B5B"/>
     <w:rsid w:val="00A42EF2"/>
     <w:rsid w:val="00A4474F"/>
     <w:rsid w:val="00A51714"/>
     <w:rsid w:val="00A54EFD"/>
     <w:rsid w:val="00A55082"/>
     <w:rsid w:val="00A55979"/>
     <w:rsid w:val="00A55E41"/>
     <w:rsid w:val="00A56121"/>
     <w:rsid w:val="00A56555"/>
     <w:rsid w:val="00A615E8"/>
+    <w:rsid w:val="00A64397"/>
     <w:rsid w:val="00A65084"/>
     <w:rsid w:val="00A65758"/>
     <w:rsid w:val="00A75BEC"/>
     <w:rsid w:val="00A82464"/>
+    <w:rsid w:val="00A87790"/>
     <w:rsid w:val="00A923E8"/>
     <w:rsid w:val="00A96121"/>
+    <w:rsid w:val="00A96EA3"/>
     <w:rsid w:val="00AA17D9"/>
+    <w:rsid w:val="00AA2F66"/>
     <w:rsid w:val="00AA676D"/>
     <w:rsid w:val="00AA734A"/>
     <w:rsid w:val="00AB5F93"/>
     <w:rsid w:val="00AC16AC"/>
     <w:rsid w:val="00AD1EFC"/>
     <w:rsid w:val="00AD33C7"/>
     <w:rsid w:val="00AD36ED"/>
     <w:rsid w:val="00AD3F1E"/>
     <w:rsid w:val="00AD4438"/>
     <w:rsid w:val="00AD5DBF"/>
+    <w:rsid w:val="00AD7D13"/>
+    <w:rsid w:val="00AE41FF"/>
     <w:rsid w:val="00AE6D44"/>
+    <w:rsid w:val="00AE6D7E"/>
     <w:rsid w:val="00AE7336"/>
     <w:rsid w:val="00AE7516"/>
     <w:rsid w:val="00AF11B9"/>
     <w:rsid w:val="00AF2C44"/>
     <w:rsid w:val="00AF4D25"/>
     <w:rsid w:val="00B01297"/>
     <w:rsid w:val="00B0129E"/>
     <w:rsid w:val="00B04049"/>
     <w:rsid w:val="00B05B35"/>
+    <w:rsid w:val="00B101E3"/>
     <w:rsid w:val="00B12E33"/>
     <w:rsid w:val="00B30F26"/>
+    <w:rsid w:val="00B33AF1"/>
     <w:rsid w:val="00B42C32"/>
     <w:rsid w:val="00B4564E"/>
     <w:rsid w:val="00B47654"/>
     <w:rsid w:val="00B47952"/>
     <w:rsid w:val="00B5027B"/>
+    <w:rsid w:val="00B53951"/>
     <w:rsid w:val="00B564A1"/>
     <w:rsid w:val="00B56F67"/>
     <w:rsid w:val="00B606DA"/>
     <w:rsid w:val="00B6307A"/>
     <w:rsid w:val="00B65DA6"/>
+    <w:rsid w:val="00B70E27"/>
     <w:rsid w:val="00B71B40"/>
+    <w:rsid w:val="00B71F9C"/>
     <w:rsid w:val="00B73BB1"/>
+    <w:rsid w:val="00B74C40"/>
     <w:rsid w:val="00B75DCB"/>
     <w:rsid w:val="00B760C3"/>
     <w:rsid w:val="00B77024"/>
     <w:rsid w:val="00B776CF"/>
     <w:rsid w:val="00B847B3"/>
     <w:rsid w:val="00B870F7"/>
     <w:rsid w:val="00BA4D27"/>
+    <w:rsid w:val="00BA6F60"/>
+    <w:rsid w:val="00BB0235"/>
+    <w:rsid w:val="00BB24E7"/>
     <w:rsid w:val="00BB3FFA"/>
     <w:rsid w:val="00BB7FBB"/>
     <w:rsid w:val="00BC0BE2"/>
     <w:rsid w:val="00BC101C"/>
+    <w:rsid w:val="00BC2DF2"/>
     <w:rsid w:val="00BC518A"/>
     <w:rsid w:val="00BD0781"/>
     <w:rsid w:val="00BD1768"/>
+    <w:rsid w:val="00BD1F74"/>
     <w:rsid w:val="00BD4969"/>
+    <w:rsid w:val="00BD509D"/>
     <w:rsid w:val="00BD7569"/>
     <w:rsid w:val="00BD7FCF"/>
     <w:rsid w:val="00BE56A0"/>
     <w:rsid w:val="00BE5BD8"/>
     <w:rsid w:val="00BE7526"/>
     <w:rsid w:val="00BF351B"/>
     <w:rsid w:val="00C034DD"/>
     <w:rsid w:val="00C07B10"/>
     <w:rsid w:val="00C11B24"/>
     <w:rsid w:val="00C11CA8"/>
     <w:rsid w:val="00C2159C"/>
     <w:rsid w:val="00C23AF1"/>
     <w:rsid w:val="00C25FDC"/>
     <w:rsid w:val="00C26245"/>
     <w:rsid w:val="00C304BD"/>
     <w:rsid w:val="00C32AC1"/>
     <w:rsid w:val="00C3532C"/>
     <w:rsid w:val="00C4007D"/>
     <w:rsid w:val="00C4136C"/>
     <w:rsid w:val="00C413A1"/>
     <w:rsid w:val="00C41537"/>
+    <w:rsid w:val="00C443B1"/>
     <w:rsid w:val="00C47F43"/>
     <w:rsid w:val="00C5614C"/>
     <w:rsid w:val="00C603D7"/>
     <w:rsid w:val="00C62F03"/>
     <w:rsid w:val="00C7198A"/>
+    <w:rsid w:val="00C737D9"/>
     <w:rsid w:val="00C74A6C"/>
     <w:rsid w:val="00C755C1"/>
     <w:rsid w:val="00C80D29"/>
     <w:rsid w:val="00C813E9"/>
+    <w:rsid w:val="00C873E2"/>
     <w:rsid w:val="00C945F3"/>
     <w:rsid w:val="00C96399"/>
     <w:rsid w:val="00CA019B"/>
     <w:rsid w:val="00CA5547"/>
     <w:rsid w:val="00CB1929"/>
     <w:rsid w:val="00CB352C"/>
     <w:rsid w:val="00CB4CF2"/>
     <w:rsid w:val="00CB7C05"/>
     <w:rsid w:val="00CC2FE8"/>
+    <w:rsid w:val="00CC6923"/>
+    <w:rsid w:val="00CC7E13"/>
     <w:rsid w:val="00CD187C"/>
     <w:rsid w:val="00CD20F1"/>
     <w:rsid w:val="00CD422C"/>
     <w:rsid w:val="00CD78E9"/>
     <w:rsid w:val="00CE14AA"/>
     <w:rsid w:val="00CE6623"/>
     <w:rsid w:val="00CE7BBD"/>
     <w:rsid w:val="00CE7E6E"/>
+    <w:rsid w:val="00CF4E0D"/>
     <w:rsid w:val="00CF7D7A"/>
     <w:rsid w:val="00D02521"/>
     <w:rsid w:val="00D025C2"/>
     <w:rsid w:val="00D0478D"/>
     <w:rsid w:val="00D04C32"/>
     <w:rsid w:val="00D065F6"/>
     <w:rsid w:val="00D07DC0"/>
     <w:rsid w:val="00D10081"/>
+    <w:rsid w:val="00D10FA2"/>
     <w:rsid w:val="00D15CF0"/>
     <w:rsid w:val="00D17090"/>
     <w:rsid w:val="00D24EEA"/>
+    <w:rsid w:val="00D3018B"/>
     <w:rsid w:val="00D33AD9"/>
     <w:rsid w:val="00D41196"/>
     <w:rsid w:val="00D41359"/>
     <w:rsid w:val="00D454B2"/>
     <w:rsid w:val="00D512A2"/>
+    <w:rsid w:val="00D52C57"/>
     <w:rsid w:val="00D70867"/>
     <w:rsid w:val="00D71D40"/>
     <w:rsid w:val="00D84472"/>
+    <w:rsid w:val="00D853BE"/>
     <w:rsid w:val="00D86313"/>
+    <w:rsid w:val="00D8694F"/>
     <w:rsid w:val="00D94815"/>
     <w:rsid w:val="00DA18DA"/>
     <w:rsid w:val="00DA42F8"/>
     <w:rsid w:val="00DA7388"/>
     <w:rsid w:val="00DB0ECB"/>
     <w:rsid w:val="00DB1330"/>
+    <w:rsid w:val="00DB3360"/>
+    <w:rsid w:val="00DB3C96"/>
+    <w:rsid w:val="00DB443F"/>
     <w:rsid w:val="00DB4B59"/>
     <w:rsid w:val="00DC0F89"/>
+    <w:rsid w:val="00DC2BE1"/>
     <w:rsid w:val="00DC5B94"/>
     <w:rsid w:val="00DC6C49"/>
     <w:rsid w:val="00DC6DB6"/>
     <w:rsid w:val="00DD2109"/>
     <w:rsid w:val="00DD2B1F"/>
     <w:rsid w:val="00DD3136"/>
     <w:rsid w:val="00DE03FF"/>
     <w:rsid w:val="00DE33E7"/>
     <w:rsid w:val="00DF1426"/>
     <w:rsid w:val="00DF1592"/>
     <w:rsid w:val="00DF6970"/>
     <w:rsid w:val="00DF7119"/>
     <w:rsid w:val="00E003AF"/>
     <w:rsid w:val="00E008A2"/>
     <w:rsid w:val="00E03B6C"/>
     <w:rsid w:val="00E05268"/>
     <w:rsid w:val="00E066C9"/>
     <w:rsid w:val="00E07EFE"/>
     <w:rsid w:val="00E10262"/>
     <w:rsid w:val="00E14F0B"/>
     <w:rsid w:val="00E15ED0"/>
     <w:rsid w:val="00E21303"/>
     <w:rsid w:val="00E216BE"/>
+    <w:rsid w:val="00E218BC"/>
     <w:rsid w:val="00E22C13"/>
     <w:rsid w:val="00E354BB"/>
+    <w:rsid w:val="00E37B59"/>
     <w:rsid w:val="00E52158"/>
     <w:rsid w:val="00E529AF"/>
+    <w:rsid w:val="00E53B53"/>
     <w:rsid w:val="00E5606A"/>
     <w:rsid w:val="00E70EA7"/>
     <w:rsid w:val="00E73885"/>
     <w:rsid w:val="00E80664"/>
     <w:rsid w:val="00E83F79"/>
     <w:rsid w:val="00E84122"/>
     <w:rsid w:val="00E855CC"/>
     <w:rsid w:val="00E87408"/>
     <w:rsid w:val="00E91B9F"/>
     <w:rsid w:val="00E92D88"/>
     <w:rsid w:val="00E95078"/>
     <w:rsid w:val="00E962B3"/>
     <w:rsid w:val="00E96C69"/>
     <w:rsid w:val="00EA240A"/>
     <w:rsid w:val="00EA363B"/>
     <w:rsid w:val="00EA5295"/>
     <w:rsid w:val="00EA67EA"/>
     <w:rsid w:val="00EA68DA"/>
     <w:rsid w:val="00EB0F42"/>
     <w:rsid w:val="00EB139B"/>
+    <w:rsid w:val="00EB2917"/>
     <w:rsid w:val="00EB579B"/>
+    <w:rsid w:val="00ED3711"/>
     <w:rsid w:val="00ED7F7B"/>
     <w:rsid w:val="00EE1732"/>
     <w:rsid w:val="00EE3C20"/>
     <w:rsid w:val="00EE5DD0"/>
     <w:rsid w:val="00EE7B30"/>
     <w:rsid w:val="00EF4E9C"/>
+    <w:rsid w:val="00EF65E6"/>
     <w:rsid w:val="00F0113A"/>
     <w:rsid w:val="00F0252E"/>
     <w:rsid w:val="00F10AEF"/>
     <w:rsid w:val="00F14663"/>
     <w:rsid w:val="00F14D06"/>
     <w:rsid w:val="00F17E0C"/>
     <w:rsid w:val="00F21FDB"/>
     <w:rsid w:val="00F22EC5"/>
     <w:rsid w:val="00F354E5"/>
     <w:rsid w:val="00F37A32"/>
     <w:rsid w:val="00F4033F"/>
     <w:rsid w:val="00F41FF7"/>
     <w:rsid w:val="00F5383D"/>
     <w:rsid w:val="00F557AA"/>
     <w:rsid w:val="00F573D6"/>
     <w:rsid w:val="00F60842"/>
     <w:rsid w:val="00F61E1C"/>
+    <w:rsid w:val="00F70BBA"/>
+    <w:rsid w:val="00F71D15"/>
     <w:rsid w:val="00F737CA"/>
     <w:rsid w:val="00F77BBB"/>
     <w:rsid w:val="00F8507A"/>
     <w:rsid w:val="00F85748"/>
     <w:rsid w:val="00F86026"/>
     <w:rsid w:val="00F9249B"/>
     <w:rsid w:val="00F92F50"/>
     <w:rsid w:val="00F95E26"/>
     <w:rsid w:val="00F9672D"/>
     <w:rsid w:val="00FA0879"/>
+    <w:rsid w:val="00FA477F"/>
     <w:rsid w:val="00FB5157"/>
     <w:rsid w:val="00FB563D"/>
     <w:rsid w:val="00FC3600"/>
     <w:rsid w:val="00FC7019"/>
     <w:rsid w:val="00FD133B"/>
     <w:rsid w:val="00FE0334"/>
+    <w:rsid w:val="00FE2230"/>
     <w:rsid w:val="00FE663F"/>
     <w:rsid w:val="00FE67DA"/>
     <w:rsid w:val="00FF10B6"/>
     <w:rsid w:val="00FF1CA5"/>
     <w:rsid w:val="00FF5A37"/>
     <w:rsid w:val="00FF602A"/>
     <w:rsid w:val="00FF7AB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6F96F5B1"/>
+  <w14:docId w14:val="799A8911"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4A44C1B1-C61A-4A57-B16F-8A983A8A4F1C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2037,84 +2457,96 @@
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF7D7A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="kma42e">
     <w:name w:val="kma42e"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00FF7AB5"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA6F60"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="54209524">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1405225884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.usd241.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.usd241.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2373,82 +2805,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{821F2F2A-B1A0-410D-832D-B9B8464023CB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64285DD5-70BD-4174-9DE3-937DFE1972B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>104</Words>
-  <Characters>596</Characters>
+  <Words>138</Words>
+  <Characters>790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>699</CharactersWithSpaces>
+  <CharactersWithSpaces>927</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Beverly Keller</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>